--- v0 (2025-11-01)
+++ v1 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb598984b5af412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb872eb6439b44d7aa80d9f2094b73f6.psmdcp" Id="Rcd13a2ef07824eee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ef0e99666814baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d30692ae7de49c1aa0105cbbb688823.psmdcp" Id="R53e47fb343694f87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Metrics" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
   <x:si>
     <x:t>Metric</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>