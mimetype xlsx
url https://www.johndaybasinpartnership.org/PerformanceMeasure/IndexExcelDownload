--- v1 (2026-01-22)
+++ v2 (2026-03-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ef0e99666814baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d30692ae7de49c1aa0105cbbb688823.psmdcp" Id="R53e47fb343694f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd64534510dd34fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b8923ca933a488e816f10437e756874.psmdcp" Id="R1e626b26ab734f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Metrics" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
   <x:si>
     <x:t>Metric</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>
@@ -94,107 +94,107 @@
   <x:si>
     <x:t>Number of plantings</x:t>
   </x:si>
   <x:si>
     <x:t>Number of stakeholder engagement events held</x:t>
   </x:si>
   <x:si>
     <x:t>Number of stakeholders engaged</x:t>
   </x:si>
   <x:si>
     <x:t>Railroad grade removed</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Section 106 Clearance </x:t>
   </x:si>
   <x:si>
     <x:t>Stream miles surveyed</x:t>
   </x:si>
   <x:si>
     <x:t>Barriers improved for fish passage</x:t>
   </x:si>
   <x:si>
     <x:t>Alteration Type</x:t>
   </x:si>
   <x:si>
+    <x:t>dam removal/breach</x:t>
+  </x:si>
+  <x:si>
     <x:t>culvert removal</x:t>
   </x:si>
   <x:si>
     <x:t>culvert replacement</x:t>
   </x:si>
   <x:si>
-    <x:t>dam removal/breach</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Type of passage barrier</x:t>
   </x:si>
   <x:si>
+    <x:t>juvenile</x:t>
+  </x:si>
+  <x:si>
     <x:t>adult</x:t>
   </x:si>
   <x:si>
-    <x:t>juvenile</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Buffer width treated</x:t>
   </x:si>
   <x:si>
     <x:t>Foot (ft)</x:t>
   </x:si>
   <x:si>
     <x:t>Treatment Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Planting</x:t>
+  </x:si>
+  <x:si>
     <x:t>Invasive weed control</x:t>
   </x:si>
   <x:si>
-    <x:t>Planting</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Density of woody stems between treatment and control location</x:t>
   </x:si>
   <x:si>
     <x:t>Per Square Meter (per sq m)</x:t>
   </x:si>
   <x:si>
     <x:t>Stem Height</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;1m</x:t>
   </x:si>
   <x:si>
     <x:t>&gt;1m</x:t>
   </x:si>
   <x:si>
     <x:t>Location Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Treatment</x:t>
+  </x:si>
+  <x:si>
     <x:t>Control</x:t>
   </x:si>
   <x:si>
-    <x:t>Treatment</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Discharge at Ritter USGS gauging station</x:t>
   </x:si>
   <x:si>
     <x:t>Cubic Foot / Second (cfs)</x:t>
   </x:si>
   <x:si>
     <x:t>Measurement Type</x:t>
   </x:si>
   <x:si>
     <x:t>Mean Flow Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Minimum Flow Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Extent occupied by Chinook fall spawning surveys</x:t>
   </x:si>
   <x:si>
     <x:t>Linear Stream Miles</x:t>
   </x:si>
   <x:si>
     <x:t>Extent occupied by Chinook parr during August snorkle surveys</x:t>
   </x:si>
   <x:si>
     <x:t>Extent occupied by juvenile steelhead during end of summer surveys</x:t>
@@ -211,183 +211,183 @@
   <x:si>
     <x:t>Flow measured at the CTUIR installed gauging station near mouth of desolation</x:t>
   </x:si>
   <x:si>
     <x:t>Habitat made accessible to next upstream barrier or likely limit of habitatle range</x:t>
   </x:si>
   <x:si>
     <x:t>Habitat protected through easement/acquisition</x:t>
   </x:si>
   <x:si>
     <x:t>Habitat Type</x:t>
   </x:si>
   <x:si>
     <x:t>Aquatic</x:t>
   </x:si>
   <x:si>
     <x:t>Terrestrial</x:t>
   </x:si>
   <x:si>
     <x:t>Land and Water Protected by Acquisition/Easement</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Water</x:t>
+  </x:si>
+  <x:si>
     <x:t>Land</x:t>
   </x:si>
   <x:si>
-    <x:t>Water</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>New Fish Screens Installed on Diversions</x:t>
   </x:si>
   <x:si>
     <x:t>Type of Passage</x:t>
   </x:si>
   <x:si>
     <x:t>Number of easements or acquistions</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pools created</x:t>
   </x:si>
   <x:si>
     <x:t>Number of riffles created</x:t>
   </x:si>
   <x:si>
     <x:t>Number of streambanks treated</x:t>
   </x:si>
   <x:si>
     <x:t>Riparian fencing</x:t>
   </x:si>
   <x:si>
     <x:t>Side of Stream</x:t>
   </x:si>
   <x:si>
     <x:t>Left</x:t>
   </x:si>
   <x:si>
     <x:t>Right</x:t>
   </x:si>
   <x:si>
     <x:t>Number of structures installed</x:t>
   </x:si>
   <x:si>
     <x:t>Type of Structure</x:t>
   </x:si>
   <x:si>
+    <x:t>LWD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boulder</x:t>
+  </x:si>
+  <x:si>
     <x:t>BDA</x:t>
   </x:si>
   <x:si>
-    <x:t>Boulder</x:t>
-[...2 lines deleted...]
-    <x:t>LWD</x:t>
+    <x:t>Instream</x:t>
   </x:si>
   <x:si>
     <x:t>Floodplain</x:t>
   </x:si>
   <x:si>
-    <x:t>Instream</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Anchored</x:t>
   </x:si>
   <x:si>
     <x:t>Unanchored</x:t>
   </x:si>
   <x:si>
     <x:t>Percent of riparian Vegetation over 6ft high within 60ft buffer of treatment areas (LiDAR/UAV Surveys)</x:t>
   </x:si>
   <x:si>
     <x:t>Percent (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Percent of solar access at random transcects</x:t>
   </x:si>
   <x:si>
     <x:t>Percent of stream length downstream from Hwy 19 with surface water during July-August base flow</x:t>
   </x:si>
   <x:si>
     <x:t>Roads relocated outside riparian area or streambanks</x:t>
   </x:si>
   <x:si>
     <x:t>Seven day average daily maximum temperature</x:t>
   </x:si>
   <x:si>
     <x:t>Celsius (C)</x:t>
   </x:si>
   <x:si>
     <x:t>Stream miles improved/protected for adequate flows</x:t>
   </x:si>
   <x:si>
     <x:t>Stream miles treated</x:t>
   </x:si>
   <x:si>
     <x:t>fencing</x:t>
   </x:si>
   <x:si>
     <x:t>instream restoration</x:t>
   </x:si>
   <x:si>
     <x:t>invasive weed treatment</x:t>
   </x:si>
   <x:si>
+    <x:t>riparian planting</x:t>
+  </x:si>
+  <x:si>
     <x:t>off/side channel habitat created</x:t>
   </x:si>
   <x:si>
-    <x:t>riparian planting</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Stream protected through easement/acquistion</x:t>
   </x:si>
   <x:si>
     <x:t>Total road miles treated</x:t>
   </x:si>
   <x:si>
     <x:t>decomissioned</x:t>
   </x:si>
   <x:si>
     <x:t>improved</x:t>
   </x:si>
   <x:si>
     <x:t>Water flow protected through easement/acquistion</x:t>
   </x:si>
   <x:si>
     <x:t>Water flow screened</x:t>
   </x:si>
   <x:si>
     <x:t>Water flow transferred/leased instream</x:t>
   </x:si>
   <x:si>
     <x:t>Transaction Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Transferred</x:t>
+  </x:si>
+  <x:si>
     <x:t>Leased</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Transferred</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -722,55 +722,55 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I137"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="89.180625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.050625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="21.710625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.580625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="20.450625" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="19.010625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="19.750625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="20.450625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="22.990625" style="0" customWidth="1"/>
-    <x:col min="8" max="8" width="29.210625" style="0" customWidth="1"/>
-    <x:col min="9" max="9" width="15.900625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="15.900625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="29.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>6</x:v>
@@ -1841,51 +1841,51 @@
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9">
       <x:c r="A94" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D94" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9">
       <x:c r="C95" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D95" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9">
       <x:c r="A97" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>1</x:v>